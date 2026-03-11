--- v0 (2026-01-11)
+++ v1 (2026-03-11)
@@ -706,57 +706,51 @@
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002D52A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00BF66F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">V </w:t>
       </w:r>
       <w:r w:rsidRPr="002D52A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Encontro</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002D52A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> da Rede Brasileira de Repositórios Digitais</w:t>
-[...5 lines deleted...]
-        <w:t>. Os trabalhos devem abranger pelo menos uma das seguintes temáticas</w:t>
+        <w:t xml:space="preserve"> da Rede Brasileira de Repositórios Digitais. Os trabalhos devem abranger pelo menos uma das seguintes temáticas</w:t>
       </w:r>
       <w:r w:rsidR="007211C3" w:rsidRPr="002D52A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79081B9D" w14:textId="462C7BFF" w:rsidR="00DB42E1" w:rsidRPr="002D52A4" w:rsidRDefault="00DB42E1" w:rsidP="00DB42E1">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="393939"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D52A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1206,95 +1200,104 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">com espaçamento </w:t>
       </w:r>
       <w:r w:rsidR="00AE479A" w:rsidRPr="0084755E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>simples e</w:t>
       </w:r>
       <w:r w:rsidR="00AE479A" w:rsidRPr="002D52A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ntrelinhas</w:t>
       </w:r>
       <w:r w:rsidRPr="002D52A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> e 2,5 cm para as margens (inferior, superior, esquerda e direita).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="543AAAB6" w14:textId="7D32D405" w:rsidR="00CE7C0A" w:rsidRPr="002D52A4" w:rsidRDefault="00AE479A" w:rsidP="00AE479A">
+    <w:p w14:paraId="543AAAB6" w14:textId="4513C5A0" w:rsidR="00CE7C0A" w:rsidRPr="002D52A4" w:rsidRDefault="00AE479A" w:rsidP="00AE479A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D52A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Será disponibilizado um </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002D52A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>template</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002D52A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> do resumo expandido com todas as informações necessárias.</w:t>
       </w:r>
       <w:r w:rsidR="003C440C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Link: </w:t>
       </w:r>
-      <w:r w:rsidR="0084755E" w:rsidRPr="0084755E">
-[...3 lines deleted...]
-        <w:t>a ser visto</w:t>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00BE286E" w:rsidRPr="009E702A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>https://revistarbrd.neki.com.br/index.php/revista-rbrd/libraryFiles/downloadPublic/16</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BE286E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54F3B989" w14:textId="6DDA2C0F" w:rsidR="00AE479A" w:rsidRPr="002D52A4" w:rsidRDefault="00AE479A" w:rsidP="00AE479A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D52A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>O resumo expandido deverá conter: introdução, metodologia e conclusão</w:t>
       </w:r>
       <w:r w:rsidR="002B6B94" w:rsidRPr="002D52A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, além das referência</w:t>
@@ -2039,67 +2042,70 @@
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002D52A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deve incluir a legenda</w:t>
       </w:r>
       <w:r w:rsidR="00EF11DD" w:rsidRPr="002D52A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, conforme modelo abaixo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F2F8574" w14:textId="2AE8EE34" w:rsidR="00EF11DD" w:rsidRPr="002D52A4" w:rsidRDefault="0084755E" w:rsidP="00C36DF5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0084755E">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4506FFC1" wp14:editId="4B8212CB">
             <wp:extent cx="5737225" cy="955964"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1379691823" name="Imagem 1" descr="Interface gráfica do usuário, Site&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="30262010" name="Imagem 1" descr="Interface gráfica do usuário, Site&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5755247" cy="958967"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E8D4FC4" w14:textId="4850AD3B" w:rsidR="00C36DF5" w:rsidRPr="002D52A4" w:rsidRDefault="005620B0" w:rsidP="00C36DF5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2297,70 +2303,70 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D52A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>6.2.</w:t>
       </w:r>
       <w:r w:rsidR="00C36DF5" w:rsidRPr="002D52A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Gautami" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D52A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Este edital passa a ter validade a partir da data de sua publicação. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CE7C0A" w:rsidRPr="002D52A4">
-      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11920" w:h="16860"/>
       <w:pgMar w:top="1449" w:right="1444" w:bottom="1646" w:left="1441" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="584DC9F9" w14:textId="77777777" w:rsidR="008D65A7" w:rsidRDefault="008D65A7" w:rsidP="0084755E">
+    <w:p w14:paraId="27DB0F56" w14:textId="77777777" w:rsidR="002326C3" w:rsidRDefault="002326C3" w:rsidP="0084755E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2A584D83" w14:textId="77777777" w:rsidR="008D65A7" w:rsidRDefault="008D65A7" w:rsidP="0084755E">
+    <w:p w14:paraId="7872EADD" w14:textId="77777777" w:rsidR="002326C3" w:rsidRDefault="002326C3" w:rsidP="0084755E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -2393,73 +2399,76 @@
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gautami">
     <w:panose1 w:val="02000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00200003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="035A4890" w14:textId="77777777" w:rsidR="008D65A7" w:rsidRDefault="008D65A7" w:rsidP="0084755E">
+    <w:p w14:paraId="5379DCED" w14:textId="77777777" w:rsidR="002326C3" w:rsidRDefault="002326C3" w:rsidP="0084755E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0FF0F603" w14:textId="77777777" w:rsidR="008D65A7" w:rsidRDefault="008D65A7" w:rsidP="0084755E">
+    <w:p w14:paraId="50AA2259" w14:textId="77777777" w:rsidR="002326C3" w:rsidRDefault="002326C3" w:rsidP="0084755E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="15654848" w14:textId="35B03301" w:rsidR="0084755E" w:rsidRDefault="0084755E">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r w:rsidRPr="0084755E">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43A16E40" wp14:editId="187F48A2">
           <wp:extent cx="5737225" cy="1051560"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="30262010" name="Imagem 1" descr="Interface gráfica do usuário, Site&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="30262010" name="Imagem 1" descr="Interface gráfica do usuário, Site&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5737225" cy="1051560"/>
@@ -4621,107 +4630,110 @@
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="854265238">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="582371150">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1304000461">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1361932230">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1415661259">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1412120402">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="137"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CE7C0A"/>
     <w:rsid w:val="00061B62"/>
     <w:rsid w:val="00095CA4"/>
     <w:rsid w:val="0016742E"/>
     <w:rsid w:val="001E145E"/>
     <w:rsid w:val="001E773B"/>
+    <w:rsid w:val="002326C3"/>
     <w:rsid w:val="00254686"/>
     <w:rsid w:val="002B6B94"/>
     <w:rsid w:val="002D52A4"/>
     <w:rsid w:val="00392152"/>
     <w:rsid w:val="003C3D9C"/>
     <w:rsid w:val="003C440C"/>
     <w:rsid w:val="0048290B"/>
     <w:rsid w:val="00524E62"/>
     <w:rsid w:val="0053671C"/>
     <w:rsid w:val="00555CBB"/>
     <w:rsid w:val="005620B0"/>
     <w:rsid w:val="007211C3"/>
     <w:rsid w:val="00760C50"/>
     <w:rsid w:val="007C0E94"/>
     <w:rsid w:val="007E1FA1"/>
     <w:rsid w:val="0084755E"/>
     <w:rsid w:val="008931CF"/>
     <w:rsid w:val="008D65A7"/>
     <w:rsid w:val="00A01D3B"/>
     <w:rsid w:val="00A46928"/>
     <w:rsid w:val="00AC4E71"/>
     <w:rsid w:val="00AE479A"/>
+    <w:rsid w:val="00BE286E"/>
     <w:rsid w:val="00BF66F9"/>
     <w:rsid w:val="00C36DF5"/>
     <w:rsid w:val="00CE7C0A"/>
     <w:rsid w:val="00D65935"/>
     <w:rsid w:val="00DB42E1"/>
     <w:rsid w:val="00EF11DD"/>
+    <w:rsid w:val="00F1332B"/>
     <w:rsid w:val="00F3441C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -5140,51 +5152,50 @@
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="139" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="10" w:right="10" w:hanging="10"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Char">
     <w:name w:val="Título 1 Char"/>
@@ -5363,51 +5374,51 @@
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1766918366">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistarbrd.neki.com.br/index.php" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistarbrd.neki.com.br/index.php" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistarbrd.neki.com.br/index.php/revista-rbrd/libraryFiles/downloadPublic/16" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistarbrd.neki.com.br/index.php" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistarbrd.neki.com.br/index.php" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -5670,69 +5681,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>648</Words>
-  <Characters>3500</Characters>
+  <Words>675</Words>
+  <Characters>3648</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
+  <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4140</CharactersWithSpaces>
+  <CharactersWithSpaces>4315</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Celia Simonetti UFAM</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>